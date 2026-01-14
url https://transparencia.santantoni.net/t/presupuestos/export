--- v0 (2025-10-14)
+++ v1 (2026-01-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>aprobacion_inicial</t>
   </si>
   <si>
     <t>aprobacion_definitiva</t>
   </si>
   <si>
     <t>alegaciones</t>
   </si>
   <si>
     <t>presupuesto_de_ingresos</t>
   </si>
   <si>
     <t>presupuesto_de_gastos</t>
   </si>
   <si>
     <t>memoria</t>
   </si>
   <si>
@@ -117,50 +117,56 @@
     <t>cap_4_ingresos</t>
   </si>
   <si>
     <t>cap_5_ingresos</t>
   </si>
   <si>
     <t>cap_6_ingresos</t>
   </si>
   <si>
     <t>cap_7_ingresos</t>
   </si>
   <si>
     <t>cap_8_ingresos</t>
   </si>
   <si>
     <t>cap_9_ingresos</t>
   </si>
   <si>
     <t>liquidacion</t>
   </si>
   <si>
     <t>anexos</t>
   </si>
   <si>
     <t>entidades_participadas</t>
+  </si>
+  <si>
+    <t>2026 (prorrogado)</t>
+  </si>
+  <si>
+    <t>https://transparencia.santantoni.net/storage/uploads/176788490520260105_Resoluci%C3%B3n_DECRETO%202026-0008%20[Resoluci%C3%B3n%20PR_2026_17%20-%20[AJ]%20DECRETO%20DE%20FINALIZACI%C3%93N].pdf</t>
   </si>
   <si>
     <t>https://transparencia.santantoni.net/storage/uploads/1739873223076BOI~1-Presupuestos-2025.PDF , https://transparencia.santantoni.net/storage/uploads/1739873223063.%20Providencia%20de%20Alcaldia-Presupuestos-2025.pdf , https://transparencia.santantoni.net/storage/uploads/1739873223064.%20Informe%20de%20secretaria%202025-Presupuestos-2025.pdf , https://transparencia.santantoni.net/storage/uploads/1739873224088.%20Propuesta%20de%20Resolucion%20PR2025343%20-%20CO%20Pleno%20FINALIZACION.pdf , https://transparencia.santantoni.net/storage/uploads/1739873224071.%20Certificado%20de%20acuerdo-Presupuestos-2025.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santantoni.net/storage/uploads/1739873223110.%20Anunci%20BOIB%2022%20de%2018-02-25%20aprovacio%20definitiva.pdf , https://transparencia.santantoni.net/storage/uploads/1739873224102.%20Anuncio%20BOIB%20aprobacion%20definitiva%20presupuesto%20y%20plantilla%20CAST.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santantoni.net/storage/uploads/1739873224101.%20Certificado%20de%20acuerdo-Presupuestos-2025.pdf , https://transparencia.santantoni.net/storage/uploads/1739873223081.%20ALEGACIONES%20PRESUPUESTO%202025%20PSOE-Presupuestos-2025.pdf , https://transparencia.santantoni.net/storage/uploads/1739873224089.%20Certificado%20de%20acuerdo-Presupuestos-2025.pdf , https://transparencia.santantoni.net/storage/uploads/1739873224097.%20Informe%20intervencion%20alegaciones%20ACFE%20al%20presupuesto%202025.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santantoni.net/storage/uploads/1739872981002.%20Presupuesto%20de%20Ingresos%202025-Presupuestos-2025.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santantoni.net/storage/uploads/1739872985004.%20Presupuesto%20de%20Gastos%20por%20organica%202025-Presupuestos-2025.pdf , https://transparencia.santantoni.net/storage/uploads/1739872986003.%20Presupuesto%20de%20Gastos%20por%20capitulos%202025-Presupuestos-2025.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santantoni.net/storage/uploads/1739872990006.%20MEMORIA%20ECONOMICA%202025-Presupuestos-2025.pdf , https://transparencia.santantoni.net/storage/uploads/1739873023013.%20Memoria%20Alcaldia%202025-Presupuestos-2025.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santantoni.net/storage/uploads/1739872978001.%20Bases%20de%20ejecucion%20presupuesto%202025-Presupuestos-2025.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santantoni.net/storage/uploads/1739873223087.%20Informe%20intervencion%20alegaciones%20al%20presupuesto%202025.doc , https://transparencia.santantoni.net/storage/uploads/1739873223098.%20Informe%20intervencion%20alegaciones%20ACFE%20al%20presupuesto%202025.doc , https://transparencia.santantoni.net/storage/uploads/1739873014010.%20Informe%20economico%20financiero%202025-Presupuestos-2025.pdf , https://transparencia.santantoni.net/storage/uploads/1739873223065.%20Informe%20Intervencion%20Presupuesto%202025-Presupuestos-2025.pdf</t>
   </si>
@@ -1134,51 +1140,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI12"/>
+  <dimension ref="A1:AI13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AF1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="2"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="721" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="431" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="613" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="152" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="642" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="449" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="769" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="937" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="264" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="1106" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" bestFit="true" customWidth="true" style="0"/>
@@ -1288,1058 +1294,1069 @@
       </c>
       <c r="AC1" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="2">
-        <v>250</v>
-[...4 lines deleted...]
-      <c r="C2" t="s">
+        <v>348</v>
+      </c>
+      <c r="B2" t="s">
         <v>35</v>
       </c>
       <c r="D2" t="s">
         <v>36</v>
-      </c>
-[...91 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" s="2">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="B3">
-        <v>2024</v>
+        <v>2025</v>
+      </c>
+      <c r="C3" t="s">
+        <v>37</v>
       </c>
       <c r="D3" t="s">
-        <v>54</v>
+        <v>38</v>
+      </c>
+      <c r="E3" t="s">
+        <v>39</v>
       </c>
       <c r="F3" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="G3" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="H3" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="I3" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="J3" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="K3" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="L3" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="M3" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="N3" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="O3" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="P3">
-        <v>32000</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>22000</v>
+      </c>
+      <c r="Q3">
+        <v>3058400</v>
       </c>
       <c r="R3">
-        <v>0</v>
+        <v>800000</v>
       </c>
       <c r="S3" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="T3">
-        <v>0</v>
+        <v>350000</v>
       </c>
       <c r="U3">
         <v>0</v>
       </c>
       <c r="V3">
         <v>0</v>
       </c>
       <c r="W3" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="X3">
-        <v>13960000</v>
+        <v>13715000</v>
       </c>
       <c r="Y3">
-        <v>2300000</v>
+        <v>2550000</v>
       </c>
       <c r="Z3">
-        <v>10344900</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>11488700</v>
+      </c>
+      <c r="AA3">
+        <v>11194002</v>
       </c>
       <c r="AB3">
         <v>800000</v>
       </c>
       <c r="AC3">
         <v>0</v>
       </c>
-      <c r="AD3">
-        <v>1155000</v>
+      <c r="AD3" t="s">
+        <v>51</v>
       </c>
       <c r="AE3">
         <v>0</v>
       </c>
-      <c r="AF3">
-        <v>0</v>
+      <c r="AF3" t="s">
+        <v>52</v>
       </c>
       <c r="AG3" t="s">
-        <v>68</v>
+        <v>53</v>
       </c>
       <c r="AH3" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="AI3" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" s="2">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="B4" t="s">
+        <v>150</v>
+      </c>
+      <c r="B4">
+        <v>2024</v>
+      </c>
+      <c r="D4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F4" t="s">
+        <v>57</v>
+      </c>
+      <c r="G4" t="s">
+        <v>58</v>
+      </c>
+      <c r="H4" t="s">
+        <v>59</v>
+      </c>
+      <c r="I4" t="s">
+        <v>60</v>
+      </c>
+      <c r="J4" t="s">
+        <v>61</v>
+      </c>
+      <c r="K4" t="s">
+        <v>62</v>
+      </c>
+      <c r="L4" t="s">
+        <v>63</v>
+      </c>
+      <c r="M4" t="s">
+        <v>64</v>
+      </c>
+      <c r="N4" t="s">
+        <v>65</v>
+      </c>
+      <c r="O4" t="s">
+        <v>66</v>
+      </c>
+      <c r="P4">
+        <v>32000</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>67</v>
+      </c>
+      <c r="R4">
+        <v>0</v>
+      </c>
+      <c r="S4" t="s">
+        <v>68</v>
+      </c>
+      <c r="T4">
+        <v>0</v>
+      </c>
+      <c r="U4">
+        <v>0</v>
+      </c>
+      <c r="V4">
+        <v>0</v>
+      </c>
+      <c r="W4" t="s">
+        <v>64</v>
+      </c>
+      <c r="X4">
+        <v>13960000</v>
+      </c>
+      <c r="Y4">
+        <v>2300000</v>
+      </c>
+      <c r="Z4">
+        <v>10344900</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>69</v>
+      </c>
+      <c r="AB4">
+        <v>800000</v>
+      </c>
+      <c r="AC4">
+        <v>0</v>
+      </c>
+      <c r="AD4">
+        <v>1155000</v>
+      </c>
+      <c r="AE4">
+        <v>0</v>
+      </c>
+      <c r="AF4">
+        <v>0</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH4" t="s">
         <v>71</v>
       </c>
-      <c r="D4" t="s">
+      <c r="AI4" t="s">
         <v>72</v>
-      </c>
-[...61 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" s="2">
-        <v>97</v>
-[...4 lines deleted...]
-      <c r="C5" t="s">
+        <v>121</v>
+      </c>
+      <c r="B5" t="s">
+        <v>73</v>
+      </c>
+      <c r="D5" t="s">
+        <v>74</v>
+      </c>
+      <c r="J5" t="s">
+        <v>75</v>
+      </c>
+      <c r="M5" t="s">
+        <v>76</v>
+      </c>
+      <c r="N5" t="s">
+        <v>77</v>
+      </c>
+      <c r="O5" t="s">
+        <v>78</v>
+      </c>
+      <c r="P5" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>80</v>
+      </c>
+      <c r="R5" t="s">
+        <v>81</v>
+      </c>
+      <c r="S5">
+        <v>0</v>
+      </c>
+      <c r="T5" t="s">
+        <v>82</v>
+      </c>
+      <c r="U5" t="s">
+        <v>82</v>
+      </c>
+      <c r="V5" t="s">
+        <v>82</v>
+      </c>
+      <c r="W5" t="s">
+        <v>83</v>
+      </c>
+      <c r="X5" t="s">
+        <v>84</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>85</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>86</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB5" t="s">
         <v>88</v>
       </c>
-      <c r="F5" t="s">
+      <c r="AC5" t="s">
+        <v>82</v>
+      </c>
+      <c r="AD5" t="s">
         <v>89</v>
       </c>
-      <c r="G5" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="AE5" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AF5" t="s">
-        <v>80</v>
-[...8 lines deleted...]
-        <v>101</v>
+        <v>82</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" s="2">
+        <v>97</v>
+      </c>
+      <c r="B6">
+        <v>2022</v>
+      </c>
+      <c r="C6" t="s">
+        <v>90</v>
+      </c>
+      <c r="F6" t="s">
+        <v>91</v>
+      </c>
+      <c r="G6" t="s">
+        <v>92</v>
+      </c>
+      <c r="H6" t="s">
+        <v>93</v>
+      </c>
+      <c r="I6" t="s">
+        <v>94</v>
+      </c>
+      <c r="J6" t="s">
+        <v>95</v>
+      </c>
+      <c r="K6" t="s">
         <v>96</v>
       </c>
-      <c r="B6">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="L6" t="s">
+        <v>97</v>
+      </c>
+      <c r="M6">
+        <v>29961700.0</v>
+      </c>
+      <c r="N6" t="s">
+        <v>98</v>
+      </c>
+      <c r="O6" t="s">
+        <v>78</v>
+      </c>
+      <c r="P6" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>99</v>
+      </c>
+      <c r="R6" t="s">
+        <v>81</v>
+      </c>
+      <c r="S6" t="s">
+        <v>100</v>
+      </c>
+      <c r="T6" t="s">
+        <v>82</v>
+      </c>
+      <c r="U6" t="s">
+        <v>82</v>
+      </c>
+      <c r="V6" t="s">
+        <v>82</v>
+      </c>
+      <c r="W6" t="s">
+        <v>83</v>
+      </c>
+      <c r="X6" t="s">
+        <v>84</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>85</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>86</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>88</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>82</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>89</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>82</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>82</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>101</v>
+      </c>
+      <c r="AH6" t="s">
         <v>102</v>
       </c>
-      <c r="D6" t="s">
+      <c r="AI6" t="s">
         <v>103</v>
-      </c>
-[...85 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" s="2">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B7">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C7" t="s">
+        <v>104</v>
+      </c>
+      <c r="D7" t="s">
+        <v>105</v>
+      </c>
+      <c r="F7" t="s">
+        <v>106</v>
+      </c>
+      <c r="G7" t="s">
+        <v>107</v>
+      </c>
+      <c r="H7" t="s">
+        <v>108</v>
+      </c>
+      <c r="I7" t="s">
+        <v>109</v>
+      </c>
+      <c r="K7" t="s">
+        <v>110</v>
+      </c>
+      <c r="L7" t="s">
+        <v>111</v>
+      </c>
+      <c r="M7" t="s">
+        <v>112</v>
+      </c>
+      <c r="N7" t="s">
+        <v>113</v>
+      </c>
+      <c r="O7" t="s">
+        <v>114</v>
+      </c>
+      <c r="P7" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>116</v>
+      </c>
+      <c r="R7" t="s">
+        <v>117</v>
+      </c>
+      <c r="S7" t="s">
+        <v>118</v>
+      </c>
+      <c r="T7" t="s">
+        <v>82</v>
+      </c>
+      <c r="U7" t="s">
+        <v>82</v>
+      </c>
+      <c r="V7" t="s">
+        <v>82</v>
+      </c>
+      <c r="W7" t="s">
+        <v>112</v>
+      </c>
+      <c r="X7" t="s">
+        <v>119</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>120</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>121</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>122</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>88</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>82</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>123</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>82</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>82</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>124</v>
+      </c>
+      <c r="AH7" t="s">
         <v>125</v>
       </c>
-      <c r="D7" t="s">
+      <c r="AI7" t="s">
         <v>126</v>
-      </c>
-[...79 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" s="2">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B8">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I8" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C8" t="s">
+        <v>127</v>
+      </c>
+      <c r="D8" t="s">
+        <v>128</v>
+      </c>
+      <c r="E8" t="s">
+        <v>129</v>
+      </c>
+      <c r="H8" t="s">
+        <v>130</v>
+      </c>
+      <c r="J8" t="s">
+        <v>131</v>
+      </c>
+      <c r="L8" t="s">
+        <v>132</v>
+      </c>
+      <c r="M8" t="s">
+        <v>133</v>
+      </c>
+      <c r="N8" t="s">
+        <v>134</v>
+      </c>
+      <c r="O8" t="s">
+        <v>135</v>
+      </c>
+      <c r="P8" t="s">
+        <v>136</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>137</v>
+      </c>
+      <c r="R8" t="s">
+        <v>138</v>
+      </c>
+      <c r="S8" t="s">
+        <v>139</v>
+      </c>
+      <c r="T8" t="s">
+        <v>82</v>
+      </c>
+      <c r="U8" t="s">
+        <v>82</v>
+      </c>
+      <c r="V8" t="s">
+        <v>82</v>
+      </c>
+      <c r="W8" t="s">
+        <v>133</v>
+      </c>
+      <c r="X8" t="s">
+        <v>140</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>141</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>142</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>143</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>88</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>82</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>144</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>82</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>82</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>145</v>
+      </c>
+      <c r="AH8" t="s">
         <v>146</v>
       </c>
-      <c r="J8" t="s">
+      <c r="AI8" t="s">
         <v>147</v>
-      </c>
-[...70 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" s="2">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B9">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="F9" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I9" t="s">
+        <v>148</v>
+      </c>
+      <c r="J9" t="s">
+        <v>149</v>
+      </c>
+      <c r="K9" t="s">
+        <v>150</v>
+      </c>
+      <c r="L9" t="s">
+        <v>151</v>
+      </c>
+      <c r="M9" t="s">
+        <v>152</v>
+      </c>
+      <c r="N9" t="s">
+        <v>153</v>
+      </c>
+      <c r="O9" t="s">
+        <v>154</v>
+      </c>
+      <c r="P9" t="s">
+        <v>155</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>156</v>
+      </c>
+      <c r="R9" t="s">
+        <v>157</v>
+      </c>
+      <c r="S9" t="s">
+        <v>158</v>
+      </c>
+      <c r="T9" t="s">
+        <v>82</v>
+      </c>
+      <c r="U9" t="s">
+        <v>82</v>
+      </c>
+      <c r="V9" t="s">
+        <v>82</v>
+      </c>
+      <c r="W9" t="s">
+        <v>152</v>
+      </c>
+      <c r="X9" t="s">
+        <v>159</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>160</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>161</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>162</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>88</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>82</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>163</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>82</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>82</v>
+      </c>
+      <c r="AH9" t="s">
         <v>164</v>
       </c>
-      <c r="G9" t="s">
+      <c r="AI9" t="s">
         <v>165</v>
-      </c>
-[...70 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" s="2">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B10">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F10" t="s">
+        <v>166</v>
+      </c>
+      <c r="G10" t="s">
+        <v>167</v>
+      </c>
+      <c r="I10" t="s">
+        <v>168</v>
+      </c>
+      <c r="J10" t="s">
+        <v>169</v>
+      </c>
+      <c r="L10" t="s">
+        <v>170</v>
+      </c>
+      <c r="M10" t="s">
+        <v>171</v>
+      </c>
+      <c r="N10" t="s">
+        <v>172</v>
+      </c>
+      <c r="O10" t="s">
+        <v>173</v>
+      </c>
+      <c r="P10" t="s">
+        <v>174</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>175</v>
+      </c>
+      <c r="R10" t="s">
+        <v>176</v>
+      </c>
+      <c r="S10" t="s">
+        <v>177</v>
+      </c>
+      <c r="T10" t="s">
+        <v>178</v>
+      </c>
+      <c r="U10" t="s">
+        <v>178</v>
+      </c>
+      <c r="V10" t="s">
+        <v>178</v>
+      </c>
+      <c r="W10" t="s">
+        <v>171</v>
+      </c>
+      <c r="X10" t="s">
+        <v>179</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>180</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>181</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>182</v>
+      </c>
+      <c r="AB10" t="s">
         <v>183</v>
       </c>
-      <c r="G10" t="s">
+      <c r="AC10" t="s">
+        <v>178</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>160</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>178</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>178</v>
+      </c>
+      <c r="AH10" t="s">
         <v>184</v>
-      </c>
-[...76 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="A11" s="2">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B11">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="F11" t="s">
+        <v>185</v>
+      </c>
+      <c r="G11" t="s">
+        <v>186</v>
+      </c>
+      <c r="I11" t="s">
+        <v>187</v>
+      </c>
+      <c r="J11" t="s">
+        <v>188</v>
+      </c>
+      <c r="L11" t="s">
+        <v>189</v>
+      </c>
+      <c r="M11" t="s">
+        <v>190</v>
+      </c>
+      <c r="N11" t="s">
+        <v>191</v>
+      </c>
+      <c r="O11" t="s">
+        <v>192</v>
+      </c>
+      <c r="P11" t="s">
+        <v>193</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>194</v>
+      </c>
+      <c r="R11" t="s">
+        <v>195</v>
+      </c>
+      <c r="S11" t="s">
+        <v>196</v>
+      </c>
+      <c r="T11" t="s">
+        <v>82</v>
+      </c>
+      <c r="U11" t="s">
+        <v>82</v>
+      </c>
+      <c r="V11" t="s">
+        <v>197</v>
+      </c>
+      <c r="W11" t="s">
+        <v>190</v>
+      </c>
+      <c r="X11" t="s">
+        <v>198</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>199</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>200</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>82</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>89</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>82</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>201</v>
+      </c>
+      <c r="AG11" t="s">
+        <v>202</v>
+      </c>
+      <c r="AH11" t="s">
         <v>203</v>
       </c>
-      <c r="G11" t="s">
+      <c r="AI11" t="s">
         <v>204</v>
-      </c>
-[...67 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" s="2">
+        <v>91</v>
+      </c>
+      <c r="B12">
+        <v>2016</v>
+      </c>
+      <c r="F12" t="s">
+        <v>205</v>
+      </c>
+      <c r="G12" t="s">
+        <v>206</v>
+      </c>
+      <c r="I12" t="s">
+        <v>207</v>
+      </c>
+      <c r="L12" t="s">
+        <v>208</v>
+      </c>
+      <c r="M12" t="s">
+        <v>209</v>
+      </c>
+      <c r="N12" t="s">
+        <v>210</v>
+      </c>
+      <c r="O12" t="s">
+        <v>211</v>
+      </c>
+      <c r="P12" t="s">
+        <v>212</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>213</v>
+      </c>
+      <c r="S12" t="s">
+        <v>214</v>
+      </c>
+      <c r="T12" t="s">
+        <v>215</v>
+      </c>
+      <c r="U12" t="s">
+        <v>82</v>
+      </c>
+      <c r="V12" t="s">
+        <v>216</v>
+      </c>
+      <c r="W12" t="s">
+        <v>209</v>
+      </c>
+      <c r="X12" t="s">
+        <v>217</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>218</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>219</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>220</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>221</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>222</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>223</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>82</v>
+      </c>
+      <c r="AF12">
+        <v>1360000.0</v>
+      </c>
+      <c r="AG12" t="s">
+        <v>224</v>
+      </c>
+      <c r="AH12" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="13" spans="1:35">
+      <c r="A13" s="2">
         <v>90</v>
       </c>
-      <c r="B12">
+      <c r="B13">
         <v>2015</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      <c r="I12" t="s">
+      <c r="F13" t="s">
         <v>226</v>
       </c>
-      <c r="L12" t="s">
+      <c r="G13" t="s">
         <v>227</v>
       </c>
-      <c r="M12" t="s">
+      <c r="I13" t="s">
         <v>228</v>
       </c>
-      <c r="N12" t="s">
+      <c r="L13" t="s">
         <v>229</v>
       </c>
-      <c r="O12" t="s">
+      <c r="M13" t="s">
         <v>230</v>
       </c>
-      <c r="P12" t="s">
+      <c r="N13" t="s">
         <v>231</v>
       </c>
-      <c r="Q12" t="s">
+      <c r="O13" t="s">
         <v>232</v>
       </c>
-      <c r="S12" t="s">
+      <c r="P13" t="s">
         <v>233</v>
       </c>
-      <c r="T12" t="s">
+      <c r="Q13" t="s">
         <v>234</v>
       </c>
-      <c r="U12" t="s">
-[...2 lines deleted...]
-      <c r="V12" t="s">
+      <c r="S13" t="s">
         <v>235</v>
       </c>
-      <c r="W12" t="s">
+      <c r="T13" t="s">
         <v>236</v>
       </c>
-      <c r="X12" t="s">
+      <c r="U13" t="s">
+        <v>82</v>
+      </c>
+      <c r="V13" t="s">
         <v>237</v>
       </c>
-      <c r="Y12" t="s">
+      <c r="W13" t="s">
         <v>238</v>
       </c>
-      <c r="Z12" t="s">
+      <c r="X13" t="s">
         <v>239</v>
       </c>
-      <c r="AA12" t="s">
+      <c r="Y13" t="s">
         <v>240</v>
       </c>
-      <c r="AB12" t="s">
-[...5 lines deleted...]
-      <c r="AD12" t="s">
+      <c r="Z13" t="s">
         <v>241</v>
       </c>
-      <c r="AE12" t="s">
+      <c r="AA13" t="s">
         <v>242</v>
       </c>
-      <c r="AF12" t="s">
+      <c r="AB13" t="s">
+        <v>221</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>222</v>
+      </c>
+      <c r="AD13" t="s">
         <v>243</v>
       </c>
-      <c r="AG12" t="s">
+      <c r="AE13" t="s">
         <v>244</v>
       </c>
-      <c r="AH12" t="s">
+      <c r="AF13" t="s">
         <v>245</v>
       </c>
-      <c r="AI12" t="s">
+      <c r="AG13" t="s">
         <v>246</v>
+      </c>
+      <c r="AH13" t="s">
+        <v>247</v>
+      </c>
+      <c r="AI13" t="s">
+        <v>248</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">