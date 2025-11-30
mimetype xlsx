--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>legislatura</t>
   </si>
   <si>
     <t>tipo_personal</t>
   </si>
   <si>
     <t>nombre</t>
   </si>
   <si>
     <t>puesto</t>
   </si>
   <si>
     <t>funciones</t>
   </si>
   <si>
     <t>organos_colegiados</t>
   </si>
   <si>
     <t>nombramiento</t>
   </si>
   <si>
@@ -117,68 +117,50 @@
     <t>Fijadas en la ficha de la relación de trabajo con el número 301</t>
   </si>
   <si>
     <t>2019-07-17T00:00:00.000000Z</t>
   </si>
   <si>
     <t>https://transparencia.santantoni.net/storage/uploads/1668158499DB%20IDOYA%20SALA.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santantoni.net/storage/uploads/1679050154CV IDOIA SALA.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Patricia Martí Prats </t>
   </si>
   <si>
     <t>Asesora de alcaldía</t>
   </si>
   <si>
     <t>2025-07-05T00:00:00.000000Z</t>
   </si>
   <si>
     <t>https://transparencia.santantoni.net/storage/uploads/1751889046BOIB%20n%C3%BAm%2086%20de%205%20julio.%20Nombramietno%20personal%20eventual.pdf</t>
   </si>
   <si>
     <t>37.230,10</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://transparencia.santantoni.net/storage/uploads/1678794036CV JOSE TORRES RAMON.pdf</t>
   </si>
   <si>
     <t>Maria Antonia Juan Marí</t>
   </si>
   <si>
     <t>Jefa Gabinete Alcaldia</t>
   </si>
   <si>
     <t>2023-07-04T00:00:00.000000Z</t>
   </si>
   <si>
     <t>https://transparencia.santantoni.net/storage/uploads/1730883687Currículum vitae Maria Antonia Juan Marí.pdf</t>
   </si>
   <si>
     <t>Olivia del Cura Santo Domingo</t>
   </si>
   <si>
     <t>37.230,10  (2025)</t>
   </si>
   <si>
     <t>Sara Parra Marí</t>
   </si>
   <si>
     <t>Jefa Protocolo</t>
   </si>
@@ -537,71 +519,71 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z8"/>
+  <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="75" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="168" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="22" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="111" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="100" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="127" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
@@ -712,147 +694,112 @@
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>30</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="H4" t="s">
         <v>32</v>
       </c>
       <c r="I4" t="s">
         <v>33</v>
       </c>
       <c r="P4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>388</v>
+        <v>401</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>35</v>
       </c>
       <c r="E5" t="s">
         <v>36</v>
       </c>
       <c r="H5" t="s">
         <v>37</v>
       </c>
-      <c r="L5">
-[...7 lines deleted...]
-      </c>
       <c r="P5" t="s">
         <v>23</v>
       </c>
       <c r="Q5" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>401</v>
+        <v>438</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E6" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="P7" t="s">
-        <v>46</v>
-[...19 lines deleted...]
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">