--- v0 (2025-10-14)
+++ v1 (2026-01-14)
@@ -12,71 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>documento</t>
   </si>
   <si>
+    <t>20-11-2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transferencia de créditos 020-2025	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.santantoni.net/storage/uploads/1764152344Modificaci%C3%B3n%20de%20Cr%C3%A9ditos%20020-2025.pdf , </t>
+  </si>
+  <si>
+    <t>20-10-2025</t>
+  </si>
+  <si>
+    <t>Transferencia de créditos 019-2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.santantoni.net/storage/uploads/176112727420251020_Resoluci%C3%B3n_DECRETO%202025-4163%20%5BResoluci%C3%B3n%20PR_2025_5384%20-%20%5BAJ%5D%20DECRETO%20DE%20FINALIZACI%C3%93N%5D-1.pdf , </t>
+  </si>
+  <si>
     <t>03-10-2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Transferencia de créditos 019-2025</t>
   </si>
   <si>
     <t xml:space="preserve">https://transparencia.santantoni.net/storage/uploads/1759918843Modificaci%C3%B3n%20de%20Cr%C3%A9dito%20019-2025.pdf , </t>
   </si>
   <si>
     <t>29-09-2025</t>
   </si>
   <si>
     <t xml:space="preserve">Transferencia de créditos 018-2025	</t>
   </si>
   <si>
     <t xml:space="preserve">https://transparencia.santantoni.net/storage/uploads/1759304759Modificaci%C3%B3n%20de%20Cr%C3%A9dito%20018-2025.pdf , </t>
   </si>
   <si>
     <t>02-09-2025</t>
   </si>
   <si>
     <t>Transferencia de créditos 015-2025</t>
   </si>
   <si>
     <t xml:space="preserve">https://transparencia.santantoni.net/storage/uploads/175681695120250902_Otros_BOIB%20116%202-09-2025.pdf , </t>
   </si>
   <si>
     <t>22-08-2025</t>
   </si>
@@ -1224,51 +1239,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z96"/>
+  <dimension ref="A1:Z98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="196" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="278" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
@@ -1279,1661 +1294,1695 @@
       </c>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>1760</v>
+        <v>1819</v>
       </c>
       <c r="B2">
         <v>2025</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
       <c r="E2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>1758</v>
+        <v>1765</v>
       </c>
       <c r="B3">
         <v>2025</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>1738</v>
+        <v>1760</v>
       </c>
       <c r="B4">
         <v>2025</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>1237</v>
+        <v>1758</v>
       </c>
       <c r="B5">
         <v>2025</v>
       </c>
       <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>1236</v>
+        <v>1738</v>
       </c>
       <c r="B6">
         <v>2025</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="B7">
         <v>2025</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="B8">
         <v>2025</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="B9">
         <v>2025</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>1222</v>
+        <v>1235</v>
       </c>
       <c r="B10">
         <v>2025</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
         <v>28</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>1213</v>
+        <v>1232</v>
       </c>
       <c r="B11">
         <v>2025</v>
       </c>
       <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
         <v>31</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>1215</v>
+        <v>1222</v>
       </c>
       <c r="B12">
         <v>2025</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>34</v>
       </c>
       <c r="E12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>1214</v>
+        <v>1213</v>
       </c>
       <c r="B13">
         <v>2025</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
       <c r="D13" t="s">
         <v>37</v>
       </c>
       <c r="E13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>1221</v>
+        <v>1215</v>
       </c>
       <c r="B14">
         <v>2025</v>
       </c>
       <c r="C14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" t="s">
         <v>39</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>1170</v>
+        <v>1214</v>
       </c>
       <c r="B15">
         <v>2025</v>
       </c>
       <c r="C15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" t="s">
         <v>42</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>1169</v>
+        <v>1221</v>
       </c>
       <c r="B16">
         <v>2025</v>
       </c>
       <c r="C16" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" t="s">
         <v>45</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>1150</v>
+        <v>1170</v>
       </c>
       <c r="B17">
         <v>2025</v>
       </c>
       <c r="C17" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" t="s">
         <v>48</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>1139</v>
+        <v>1169</v>
       </c>
       <c r="B18">
         <v>2025</v>
       </c>
       <c r="C18" t="s">
+        <v>50</v>
+      </c>
+      <c r="D18" t="s">
         <v>51</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>1122</v>
+        <v>1150</v>
       </c>
       <c r="B19">
         <v>2025</v>
       </c>
       <c r="C19" t="s">
+        <v>53</v>
+      </c>
+      <c r="D19" t="s">
         <v>54</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>1121</v>
+        <v>1139</v>
       </c>
       <c r="B20">
         <v>2025</v>
       </c>
       <c r="C20" t="s">
+        <v>56</v>
+      </c>
+      <c r="D20" t="s">
         <v>57</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>1037</v>
+        <v>1122</v>
       </c>
       <c r="B21">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C21" t="s">
+        <v>59</v>
+      </c>
+      <c r="D21" t="s">
         <v>60</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>1036</v>
+        <v>1121</v>
       </c>
       <c r="B22">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C22" t="s">
+        <v>62</v>
+      </c>
+      <c r="D22" t="s">
         <v>63</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>998</v>
+        <v>1037</v>
       </c>
       <c r="B23">
         <v>2024</v>
       </c>
       <c r="C23" t="s">
+        <v>65</v>
+      </c>
+      <c r="D23" t="s">
         <v>66</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>997</v>
+        <v>1036</v>
       </c>
       <c r="B24">
         <v>2024</v>
       </c>
       <c r="C24" t="s">
+        <v>68</v>
+      </c>
+      <c r="D24" t="s">
         <v>69</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="B25">
         <v>2024</v>
       </c>
       <c r="C25" t="s">
+        <v>71</v>
+      </c>
+      <c r="D25" t="s">
         <v>72</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>935</v>
+        <v>997</v>
       </c>
       <c r="B26">
         <v>2024</v>
       </c>
       <c r="C26" t="s">
+        <v>74</v>
+      </c>
+      <c r="D26" t="s">
         <v>75</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>934</v>
+        <v>996</v>
       </c>
       <c r="B27">
         <v>2024</v>
       </c>
       <c r="C27" t="s">
+        <v>77</v>
+      </c>
+      <c r="D27" t="s">
         <v>78</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="B28">
         <v>2024</v>
       </c>
       <c r="C28" t="s">
+        <v>80</v>
+      </c>
+      <c r="D28" t="s">
         <v>81</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="B29">
         <v>2024</v>
       </c>
       <c r="C29" t="s">
+        <v>83</v>
+      </c>
+      <c r="D29" t="s">
         <v>84</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>968</v>
+        <v>933</v>
       </c>
       <c r="B30">
         <v>2024</v>
       </c>
       <c r="C30" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D30" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>930</v>
+        <v>929</v>
       </c>
       <c r="B31">
         <v>2024</v>
       </c>
       <c r="C31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>862</v>
+        <v>968</v>
       </c>
       <c r="B32">
         <v>2024</v>
       </c>
       <c r="C32" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D32" t="s">
+        <v>90</v>
+      </c>
+      <c r="E32" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="B33">
         <v>2024</v>
       </c>
       <c r="C33" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D33" t="s">
         <v>94</v>
       </c>
       <c r="E33" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="B34">
         <v>2024</v>
       </c>
       <c r="C34" t="s">
         <v>96</v>
       </c>
       <c r="D34" t="s">
         <v>97</v>
       </c>
       <c r="E34" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>860</v>
+        <v>932</v>
       </c>
       <c r="B35">
         <v>2024</v>
       </c>
       <c r="C35" t="s">
+        <v>96</v>
+      </c>
+      <c r="D35" t="s">
         <v>99</v>
       </c>
-      <c r="D35" t="s">
+      <c r="E35" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="B36">
         <v>2024</v>
       </c>
       <c r="C36" t="s">
+        <v>101</v>
+      </c>
+      <c r="D36" t="s">
         <v>102</v>
       </c>
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>828</v>
+        <v>860</v>
       </c>
       <c r="B37">
         <v>2024</v>
       </c>
       <c r="C37" t="s">
+        <v>104</v>
+      </c>
+      <c r="D37" t="s">
         <v>105</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>827</v>
+        <v>859</v>
       </c>
       <c r="B38">
         <v>2024</v>
       </c>
       <c r="C38" t="s">
+        <v>107</v>
+      </c>
+      <c r="D38" t="s">
         <v>108</v>
       </c>
-      <c r="D38" t="s">
+      <c r="E38" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="B39">
         <v>2024</v>
       </c>
       <c r="C39" t="s">
+        <v>110</v>
+      </c>
+      <c r="D39" t="s">
         <v>111</v>
       </c>
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>816</v>
+        <v>827</v>
       </c>
       <c r="B40">
         <v>2024</v>
       </c>
       <c r="C40" t="s">
+        <v>113</v>
+      </c>
+      <c r="D40" t="s">
         <v>114</v>
       </c>
-      <c r="D40" t="s">
+      <c r="E40" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>814</v>
+        <v>822</v>
       </c>
       <c r="B41">
         <v>2024</v>
       </c>
       <c r="C41" t="s">
+        <v>116</v>
+      </c>
+      <c r="D41" t="s">
         <v>117</v>
       </c>
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="B42">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C42" t="s">
+        <v>119</v>
+      </c>
+      <c r="D42" t="s">
         <v>120</v>
       </c>
-      <c r="D42" t="s">
+      <c r="E42" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="B43">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C43" t="s">
+        <v>122</v>
+      </c>
+      <c r="D43" t="s">
         <v>123</v>
       </c>
-      <c r="D43" t="s">
+      <c r="E43" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="B44">
         <v>2023</v>
       </c>
       <c r="C44" t="s">
+        <v>125</v>
+      </c>
+      <c r="D44" t="s">
         <v>126</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="B45">
         <v>2023</v>
       </c>
       <c r="C45" t="s">
+        <v>128</v>
+      </c>
+      <c r="D45" t="s">
         <v>129</v>
       </c>
-      <c r="D45" t="s">
+      <c r="E45" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>808</v>
+        <v>807</v>
       </c>
       <c r="B46">
         <v>2023</v>
       </c>
       <c r="C46" t="s">
+        <v>131</v>
+      </c>
+      <c r="D46" t="s">
         <v>132</v>
       </c>
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B47">
         <v>2023</v>
       </c>
       <c r="C47" t="s">
+        <v>134</v>
+      </c>
+      <c r="D47" t="s">
         <v>135</v>
       </c>
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>785</v>
+        <v>808</v>
       </c>
       <c r="B48">
         <v>2023</v>
       </c>
       <c r="C48" t="s">
+        <v>137</v>
+      </c>
+      <c r="D48" t="s">
         <v>138</v>
       </c>
-      <c r="D48" t="s">
+      <c r="E48" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>781</v>
+        <v>805</v>
       </c>
       <c r="B49">
         <v>2023</v>
       </c>
       <c r="C49" t="s">
+        <v>140</v>
+      </c>
+      <c r="D49" t="s">
         <v>141</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="B50">
         <v>2023</v>
       </c>
       <c r="C50" t="s">
+        <v>143</v>
+      </c>
+      <c r="D50" t="s">
         <v>144</v>
       </c>
-      <c r="D50" t="s">
+      <c r="E50" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>698</v>
+        <v>781</v>
       </c>
       <c r="B51">
         <v>2023</v>
       </c>
       <c r="C51" t="s">
+        <v>146</v>
+      </c>
+      <c r="D51" t="s">
         <v>147</v>
       </c>
-      <c r="D51" t="s">
+      <c r="E51" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>697</v>
+        <v>780</v>
       </c>
       <c r="B52">
         <v>2023</v>
       </c>
       <c r="C52" t="s">
+        <v>149</v>
+      </c>
+      <c r="D52" t="s">
         <v>150</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>644</v>
+        <v>698</v>
       </c>
       <c r="B53">
         <v>2023</v>
       </c>
       <c r="C53" t="s">
+        <v>152</v>
+      </c>
+      <c r="D53" t="s">
         <v>153</v>
       </c>
-      <c r="D53" t="s">
+      <c r="E53" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>645</v>
+        <v>697</v>
       </c>
       <c r="B54">
         <v>2023</v>
       </c>
       <c r="C54" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D54" t="s">
         <v>156</v>
       </c>
       <c r="E54" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="B55">
         <v>2023</v>
       </c>
       <c r="C55" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D55" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E55" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>633</v>
+        <v>645</v>
       </c>
       <c r="B56">
         <v>2023</v>
       </c>
       <c r="C56" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D56" t="s">
         <v>161</v>
       </c>
       <c r="E56" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>634</v>
+        <v>646</v>
       </c>
       <c r="B57">
         <v>2023</v>
       </c>
       <c r="C57" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D57" t="s">
         <v>163</v>
       </c>
       <c r="E57" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>600</v>
+        <v>633</v>
       </c>
       <c r="B58">
         <v>2023</v>
       </c>
       <c r="C58" t="s">
         <v>165</v>
       </c>
       <c r="D58" t="s">
         <v>166</v>
       </c>
       <c r="E58" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>601</v>
+        <v>634</v>
       </c>
       <c r="B59">
         <v>2023</v>
       </c>
       <c r="C59" t="s">
         <v>165</v>
       </c>
       <c r="D59" t="s">
         <v>168</v>
       </c>
       <c r="E59" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B60">
         <v>2023</v>
       </c>
       <c r="C60" t="s">
         <v>170</v>
       </c>
       <c r="D60" t="s">
         <v>171</v>
       </c>
       <c r="E60" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="B61">
         <v>2023</v>
       </c>
       <c r="C61" t="s">
+        <v>170</v>
+      </c>
+      <c r="D61" t="s">
         <v>173</v>
       </c>
-      <c r="D61" t="s">
+      <c r="E61" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B62">
         <v>2023</v>
       </c>
       <c r="C62" t="s">
+        <v>175</v>
+      </c>
+      <c r="D62" t="s">
         <v>176</v>
       </c>
-      <c r="D62" t="s">
+      <c r="E62" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B63">
         <v>2023</v>
       </c>
       <c r="C63" t="s">
+        <v>178</v>
+      </c>
+      <c r="D63" t="s">
         <v>179</v>
       </c>
-      <c r="D63" t="s">
+      <c r="E63" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="B64">
         <v>2023</v>
       </c>
       <c r="C64" t="s">
+        <v>181</v>
+      </c>
+      <c r="D64" t="s">
         <v>182</v>
       </c>
-      <c r="D64" t="s">
+      <c r="E64" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="1">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B65">
         <v>2023</v>
       </c>
       <c r="C65" t="s">
+        <v>184</v>
+      </c>
+      <c r="D65" t="s">
         <v>185</v>
       </c>
-      <c r="D65" t="s">
+      <c r="E65" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="1">
-        <v>506</v>
+        <v>594</v>
       </c>
       <c r="B66">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C66" t="s">
+        <v>187</v>
+      </c>
+      <c r="D66" t="s">
         <v>188</v>
       </c>
-      <c r="D66" t="s">
+      <c r="E66" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="1">
-        <v>501</v>
+        <v>595</v>
       </c>
       <c r="B67">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C67" t="s">
+        <v>190</v>
+      </c>
+      <c r="D67" t="s">
         <v>191</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E67" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="1">
-        <v>497</v>
+        <v>506</v>
       </c>
       <c r="B68">
         <v>2022</v>
       </c>
       <c r="C68" t="s">
+        <v>193</v>
+      </c>
+      <c r="D68" t="s">
         <v>194</v>
       </c>
-      <c r="D68" t="s">
+      <c r="E68" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="1">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B69">
         <v>2022</v>
       </c>
       <c r="C69" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D69" t="s">
         <v>197</v>
       </c>
       <c r="E69" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="1">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="B70">
         <v>2022</v>
       </c>
       <c r="C70" t="s">
         <v>199</v>
       </c>
       <c r="D70" t="s">
         <v>200</v>
       </c>
       <c r="E70" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="1">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="B71">
         <v>2022</v>
       </c>
       <c r="C71" t="s">
+        <v>199</v>
+      </c>
+      <c r="D71" t="s">
         <v>202</v>
       </c>
-      <c r="D71" t="s">
+      <c r="E71" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="1">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="B72">
         <v>2022</v>
       </c>
       <c r="C72" t="s">
+        <v>204</v>
+      </c>
+      <c r="D72" t="s">
         <v>205</v>
       </c>
-      <c r="D72" t="s">
+      <c r="E72" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="1">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="B73">
         <v>2022</v>
       </c>
       <c r="C73" t="s">
+        <v>207</v>
+      </c>
+      <c r="D73" t="s">
         <v>208</v>
       </c>
-      <c r="D73" t="s">
+      <c r="E73" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="1">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="B74">
         <v>2022</v>
       </c>
       <c r="C74" t="s">
+        <v>210</v>
+      </c>
+      <c r="D74" t="s">
         <v>211</v>
       </c>
-      <c r="D74" t="s">
+      <c r="E74" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="1">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="B75">
         <v>2022</v>
       </c>
       <c r="C75" t="s">
+        <v>213</v>
+      </c>
+      <c r="D75" t="s">
         <v>214</v>
       </c>
-      <c r="D75" t="s">
+      <c r="E75" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="1">
-        <v>492</v>
+        <v>499</v>
       </c>
       <c r="B76">
         <v>2022</v>
       </c>
       <c r="C76" t="s">
+        <v>216</v>
+      </c>
+      <c r="D76" t="s">
         <v>217</v>
       </c>
-      <c r="D76" t="s">
+      <c r="E76" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="1">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="B77">
         <v>2022</v>
       </c>
       <c r="C77" t="s">
+        <v>219</v>
+      </c>
+      <c r="D77" t="s">
         <v>220</v>
       </c>
-      <c r="D77" t="s">
+      <c r="E77" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="1">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="B78">
         <v>2022</v>
       </c>
       <c r="C78" t="s">
+        <v>222</v>
+      </c>
+      <c r="D78" t="s">
         <v>223</v>
       </c>
-      <c r="D78" t="s">
+      <c r="E78" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="1">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="B79">
         <v>2022</v>
       </c>
       <c r="C79" t="s">
+        <v>225</v>
+      </c>
+      <c r="D79" t="s">
         <v>226</v>
       </c>
-      <c r="D79" t="s">
+      <c r="E79" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="1">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="B80">
         <v>2022</v>
       </c>
       <c r="C80" t="s">
+        <v>228</v>
+      </c>
+      <c r="D80" t="s">
         <v>229</v>
       </c>
-      <c r="D80" t="s">
+      <c r="E80" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="1">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B81">
         <v>2022</v>
       </c>
       <c r="C81" t="s">
+        <v>231</v>
+      </c>
+      <c r="D81" t="s">
         <v>232</v>
       </c>
-      <c r="D81" t="s">
+      <c r="E81" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="1">
-        <v>496</v>
+        <v>487</v>
       </c>
       <c r="B82">
         <v>2022</v>
       </c>
       <c r="C82" t="s">
+        <v>234</v>
+      </c>
+      <c r="D82" t="s">
         <v>235</v>
       </c>
-      <c r="D82" t="s">
+      <c r="E82" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="1">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="B83">
         <v>2022</v>
       </c>
       <c r="C83" t="s">
+        <v>237</v>
+      </c>
+      <c r="D83" t="s">
         <v>238</v>
       </c>
-      <c r="D83" t="s">
+      <c r="E83" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="1">
-        <v>478</v>
+        <v>496</v>
       </c>
       <c r="B84">
         <v>2022</v>
       </c>
       <c r="C84" t="s">
+        <v>240</v>
+      </c>
+      <c r="D84" t="s">
         <v>241</v>
       </c>
-      <c r="D84" t="s">
+      <c r="E84" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="1">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="B85">
         <v>2022</v>
       </c>
       <c r="C85" t="s">
+        <v>243</v>
+      </c>
+      <c r="D85" t="s">
         <v>244</v>
       </c>
-      <c r="D85" t="s">
+      <c r="E85" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="1">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="B86">
         <v>2022</v>
       </c>
       <c r="C86" t="s">
+        <v>246</v>
+      </c>
+      <c r="D86" t="s">
         <v>247</v>
       </c>
-      <c r="D86" t="s">
+      <c r="E86" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="1">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="B87">
         <v>2022</v>
       </c>
       <c r="C87" t="s">
+        <v>249</v>
+      </c>
+      <c r="D87" t="s">
         <v>250</v>
       </c>
-      <c r="D87" t="s">
+      <c r="E87" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="1">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B88">
         <v>2022</v>
       </c>
       <c r="C88" t="s">
+        <v>252</v>
+      </c>
+      <c r="D88" t="s">
         <v>253</v>
       </c>
-      <c r="D88" t="s">
+      <c r="E88" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" s="1">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="B89">
         <v>2022</v>
       </c>
       <c r="C89" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D89" t="s">
         <v>256</v>
       </c>
       <c r="E89" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" s="1">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="B90">
         <v>2022</v>
       </c>
       <c r="C90" t="s">
         <v>258</v>
       </c>
       <c r="D90" t="s">
         <v>259</v>
       </c>
       <c r="E90" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" s="1">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="B91">
         <v>2022</v>
       </c>
       <c r="C91" t="s">
+        <v>258</v>
+      </c>
+      <c r="D91" t="s">
         <v>261</v>
       </c>
-      <c r="D91" t="s">
+      <c r="E91" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" s="1">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="B92">
         <v>2022</v>
       </c>
       <c r="C92" t="s">
+        <v>263</v>
+      </c>
+      <c r="D92" t="s">
         <v>264</v>
       </c>
-      <c r="D92" t="s">
+      <c r="E92" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" s="1">
-        <v>484</v>
+        <v>477</v>
       </c>
       <c r="B93">
         <v>2022</v>
       </c>
       <c r="C93" t="s">
+        <v>266</v>
+      </c>
+      <c r="D93" t="s">
         <v>267</v>
       </c>
-      <c r="D93" t="s">
+      <c r="E93" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" s="1">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="B94">
         <v>2022</v>
       </c>
       <c r="C94" t="s">
+        <v>269</v>
+      </c>
+      <c r="D94" t="s">
         <v>270</v>
       </c>
-      <c r="D94" t="s">
+      <c r="E94" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" s="1">
-        <v>505</v>
+        <v>484</v>
       </c>
       <c r="B95">
         <v>2022</v>
       </c>
       <c r="C95" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D95" t="s">
         <v>273</v>
       </c>
       <c r="E95" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" s="1">
-        <v>393</v>
+        <v>480</v>
       </c>
       <c r="B96">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="C96" t="s">
         <v>275</v>
       </c>
       <c r="D96" t="s">
         <v>276</v>
       </c>
       <c r="E96" t="s">
         <v>277</v>
+      </c>
+    </row>
+    <row r="97" spans="1:26">
+      <c r="A97" s="1">
+        <v>505</v>
+      </c>
+      <c r="B97">
+        <v>2022</v>
+      </c>
+      <c r="C97" t="s">
+        <v>275</v>
+      </c>
+      <c r="D97" t="s">
+        <v>278</v>
+      </c>
+      <c r="E97" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="98" spans="1:26">
+      <c r="A98" s="1">
+        <v>393</v>
+      </c>
+      <c r="B98">
+        <v>2015</v>
+      </c>
+      <c r="C98" t="s">
+        <v>280</v>
+      </c>
+      <c r="D98" t="s">
+        <v>281</v>
+      </c>
+      <c r="E98" t="s">
+        <v>282</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">