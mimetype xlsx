--- v0 (2025-10-14)
+++ v1 (2026-01-14)
@@ -12,95 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>nombre</t>
   </si>
   <si>
     <t>puesto</t>
   </si>
   <si>
     <t>actividad</t>
   </si>
   <si>
     <t>organo_autoriza</t>
   </si>
   <si>
     <t>documento_pdf_id</t>
   </si>
   <si>
     <t>documento_open_id</t>
   </si>
   <si>
     <t>29-05-2025</t>
   </si>
   <si>
     <t>OLIVIA DEL CURA SANTO DOMINGO</t>
   </si>
   <si>
     <t>ASESORA CONCEJALÍAS</t>
   </si>
   <si>
     <t>Actividad privada de Jefa de Cocina por cuenta ajena</t>
   </si>
   <si>
     <t>https://transparencia.santantoni.net/storage/uploads/174893112520250602_Publicación_Publicación_Informe RRHH Compatibilidad empleados públicos.pdf</t>
   </si>
   <si>
     <t>MARÍA GARCÍA RIERA</t>
-  </si>
-[...1 lines deleted...]
-    <t>ASESORA MANTENIMIENTO</t>
   </si>
   <si>
     <t>Actividad privada de Abogacía por cuenta propia</t>
   </si>
   <si>
     <t>PLENO</t>
   </si>
   <si>
     <t>https://transparencia.santantoni.net/storage/uploads/174893121320250602_Publicación_Publicación_Informe RRHH Compatibilidad empleados públicos.pdf</t>
   </si>
   <si>
     <t>25-06-2020</t>
   </si>
   <si>
     <t>CARLA MARI MORENO</t>
   </si>
   <si>
     <t>TRABAJADORA SOCIAL</t>
   </si>
   <si>
     <t xml:space="preserve">Actividad privada en  empresa DIAGRAMA,  donde ejerce las funciones  propias de una Trabajadora Social en un programa de  prevención de ciberacoso  en adolescentes </t>
   </si>
   <si>
     <t>https://transparencia.santantoni.net/storage/uploads/167705994720230221_Informe_Informe_Informe RRHH Compatibilidad empleados públicos.pdf</t>
   </si>
@@ -585,152 +582,152 @@
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
         <v>258</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
         <v>14</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>15</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
         <v>83</v>
       </c>
       <c r="B4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
         <v>84</v>
       </c>
       <c r="B5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" t="s">
         <v>23</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>24</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>25</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
         <v>85</v>
       </c>
       <c r="B6" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" t="s">
         <v>27</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>28</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
         <v>86</v>
       </c>
       <c r="B7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" t="s">
         <v>30</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>31</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>32</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">